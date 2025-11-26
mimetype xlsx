--- v0 (2025-11-05)
+++ v1 (2025-11-26)
@@ -51,51 +51,51 @@
   <si>
     <t xml:space="preserve"> Text 1</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 2</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 3</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 4</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 5</t>
   </si>
   <si>
     <t xml:space="preserve">S.No.</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 6</t>
   </si>
   <si>
     <t xml:space="preserve">Pressurised</t>
   </si>
   <si>
-    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 05 November 2025</t>
+    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 26 November 2025</t>
   </si>
   <si>
     <t xml:space="preserve">S/N</t>
   </si>
   <si>
     <t xml:space="preserve">Vessel Name </t>
   </si>
   <si>
     <t xml:space="preserve">cbm</t>
   </si>
   <si>
     <t xml:space="preserve">Type</t>
   </si>
   <si>
     <t xml:space="preserve">Year of&lt;br/&gt;Build</t>
   </si>
   <si>
     <t xml:space="preserve">Yard</t>
   </si>
   <si>
     <t xml:space="preserve">Flag</t>
   </si>
   <si>
     <t xml:space="preserve">1</t>
   </si>