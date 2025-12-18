--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -51,51 +51,51 @@
   <si>
     <t xml:space="preserve"> Text 1</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 2</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 3</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 4</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 5</t>
   </si>
   <si>
     <t xml:space="preserve">S.No.</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 6</t>
   </si>
   <si>
     <t xml:space="preserve">Pressurised</t>
   </si>
   <si>
-    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 26 November 2025</t>
+    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 18 December 2025</t>
   </si>
   <si>
     <t xml:space="preserve">S/N</t>
   </si>
   <si>
     <t xml:space="preserve">Vessel Name </t>
   </si>
   <si>
     <t xml:space="preserve">cbm</t>
   </si>
   <si>
     <t xml:space="preserve">Type</t>
   </si>
   <si>
     <t xml:space="preserve">Year of&lt;br/&gt;Build</t>
   </si>
   <si>
     <t xml:space="preserve">Yard</t>
   </si>
   <si>
     <t xml:space="preserve">Flag</t>
   </si>
   <si>
     <t xml:space="preserve">1</t>
   </si>